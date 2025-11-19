--- v0 (2025-10-07)
+++ v1 (2025-11-19)
@@ -15,53 +15,53 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9302"/>
   <workbookPr date1904="true" defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="120" yWindow="45" windowWidth="19155" windowHeight="4935"/>
   </bookViews>
   <sheets>
     <sheet name="PS1 ENG" sheetId="1" r:id="rId10"/>
   </sheets>
   <calcPr calcId="144525"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="22">
-[...1 lines deleted...]
-    <t>Zagreb, 27.08.2025</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="87" uniqueCount="25">
+  <si>
+    <t>Zagreb, 19.11.2025</t>
   </si>
   <si>
     <t>CROATIAN NATIONAL BANK</t>
   </si>
   <si>
     <t>Payment Operations Area</t>
   </si>
   <si>
     <t>Payment Operations Supervision Department </t>
   </si>
   <si>
     <t>  </t>
   </si>
   <si>
     <t>BILL-PAYING SERVICE TRANSACTIONS IN THE REPUBLIC OF CROATIA IN EURO - year 2025
 </t>
   </si>
   <si>
     <t>Reporting period</t>
   </si>
   <si>
     <t>CONSUMER</t>
   </si>
   <si>
     <t>NON-CONSUMER</t>
@@ -79,50 +79,59 @@
     <t>Number of transactions</t>
   </si>
   <si>
     <t>Value of transactions</t>
   </si>
   <si>
     <t> JANUARY</t>
   </si>
   <si>
     <t> </t>
   </si>
   <si>
     <t> FEBRUARY</t>
   </si>
   <si>
     <t> MARCH</t>
   </si>
   <si>
     <t> APRIL</t>
   </si>
   <si>
     <t> MAY</t>
   </si>
   <si>
     <t> JUNE</t>
+  </si>
+  <si>
+    <t> JULY</t>
+  </si>
+  <si>
+    <t> AUGUST</t>
+  </si>
+  <si>
+    <t> SEPTEMBER</t>
   </si>
   <si>
     <t> TOTAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="none"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -493,51 +502,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <dimension ref="A1:M16"/>
+  <dimension ref="A1:M19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="4" customWidth="1"/>
     <col min="4" max="4" width="25" customWidth="1"/>
     <col min="5" max="5" width="4" customWidth="1"/>
     <col min="6" max="6" width="21" customWidth="1"/>
     <col min="7" max="7" width="4" customWidth="1"/>
     <col min="8" max="8" width="25" customWidth="1"/>
     <col min="9" max="9" width="4" customWidth="1"/>
     <col min="10" max="10" width="21" customWidth="1"/>
     <col min="11" max="11" width="4" customWidth="1"/>
     <col min="12" max="12" width="21" customWidth="1"/>
     <col min="13" max="13" width="4" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" t="s" s="1">
         <v>0</v>
       </c>
     </row>
@@ -830,87 +839,210 @@
         <v/>
       </c>
       <c r="G15" t="s" s="7">
         <v>15</v>
       </c>
       <c r="H15" s="8">
         <v/>
       </c>
       <c r="I15" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J15" s="9">
         <v>899534</v>
       </c>
       <c r="K15" t="s" s="10">
         <v>15</v>
       </c>
       <c r="L15" s="9">
         <v>45954073</v>
       </c>
       <c r="M15" t="s" s="10">
         <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:13">
-      <c r="A16" t="s" s="10">
+      <c r="A16" t="s" s="7">
         <v>21</v>
       </c>
-      <c r="B16" s="9">
-[...20 lines deleted...]
-      <c r="I16" t="s" s="10">
+      <c r="B16" s="8">
+        <v>972690</v>
+      </c>
+      <c r="C16" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="D16" s="8">
+        <v>52143278</v>
+      </c>
+      <c r="E16" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F16" s="8">
+        <v/>
+      </c>
+      <c r="G16" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H16" s="8">
+        <v/>
+      </c>
+      <c r="I16" t="s" s="7">
         <v>15</v>
       </c>
       <c r="J16" s="9">
-        <v>5476584</v>
+        <v>972690</v>
       </c>
       <c r="K16" t="s" s="10">
         <v>15</v>
       </c>
       <c r="L16" s="9">
-        <v>292602847</v>
+        <v>52143278</v>
       </c>
       <c r="M16" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13">
+      <c r="A17" t="s" s="7">
+        <v>22</v>
+      </c>
+      <c r="B17" s="8">
+        <v>901073</v>
+      </c>
+      <c r="C17" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="D17" s="8">
+        <v>50932098</v>
+      </c>
+      <c r="E17" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F17" s="8">
+        <v/>
+      </c>
+      <c r="G17" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H17" s="8">
+        <v/>
+      </c>
+      <c r="I17" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J17" s="9">
+        <v>901073</v>
+      </c>
+      <c r="K17" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="L17" s="9">
+        <v>50932098</v>
+      </c>
+      <c r="M17" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13">
+      <c r="A18" t="s" s="7">
+        <v>23</v>
+      </c>
+      <c r="B18" s="8">
+        <v>991716</v>
+      </c>
+      <c r="C18" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="D18" s="8">
+        <v>55811238</v>
+      </c>
+      <c r="E18" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="F18" s="8">
+        <v/>
+      </c>
+      <c r="G18" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="H18" s="8">
+        <v/>
+      </c>
+      <c r="I18" t="s" s="7">
+        <v>15</v>
+      </c>
+      <c r="J18" s="9">
+        <v>991716</v>
+      </c>
+      <c r="K18" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="L18" s="9">
+        <v>55811238</v>
+      </c>
+      <c r="M18" t="s" s="10">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13">
+      <c r="A19" t="s" s="10">
+        <v>24</v>
+      </c>
+      <c r="B19" s="9">
+        <v>8342063</v>
+      </c>
+      <c r="C19" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="D19" s="9">
+        <v>451489461</v>
+      </c>
+      <c r="E19" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="F19" s="9">
+        <v/>
+      </c>
+      <c r="G19" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="H19" s="9">
+        <v/>
+      </c>
+      <c r="I19" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="J19" s="9">
+        <v>8342063</v>
+      </c>
+      <c r="K19" t="s" s="10">
+        <v>15</v>
+      </c>
+      <c r="L19" s="9">
+        <v>451489461</v>
+      </c>
+      <c r="M19" t="s" s="10">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="17">
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A3:M3"/>
     <mergeCell ref="A4:M4"/>
     <mergeCell ref="A5:M5"/>
     <mergeCell ref="A6:M6"/>
     <mergeCell ref="A7:M7"/>
     <mergeCell ref="A8:A9"/>
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="F8:I8"/>
     <mergeCell ref="J8:M8"/>
     <mergeCell ref="B9:C9"/>
     <mergeCell ref="D9:E9"/>
     <mergeCell ref="F9:G9"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="J9:K9"/>
     <mergeCell ref="L9:M9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>